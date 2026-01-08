--- v0 (2025-11-08)
+++ v1 (2026-01-08)
@@ -24022,41 +24022,41 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SetDate">
     <vt:lpwstr>2025-03-12T15:24:46Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Name">
     <vt:lpwstr>5d86bc70-2a05-490c-b199-8f0f8e614d89</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SiteId">
     <vt:lpwstr>5df31d35-3ba9-481e-a3c8-ff9be3ee783b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ActionId">
     <vt:lpwstr>5f2163e8-c58f-47d1-bc18-18065f71281b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="DISdDocName">
     <vt:lpwstr>NJYYYZG2NDFKYTMYNDQ0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="DISProperties">
     <vt:lpwstr>DISdDocName,DIScgiUrl,DISdUser,DISdID,DISidcName,DISTaskPaneUrl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="DIScgiUrl">
-    <vt:lpwstr>http://peucmasp02.mw.pr.geos.loc:7001/cs/idcplg</vt:lpwstr>
+    <vt:lpwstr>http://peucmasp01.mw.pr.geos.loc:7001/cs/idcplg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="DISdUser">
     <vt:lpwstr>anonymous</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="DISdID">
-    <vt:lpwstr>122892</vt:lpwstr>
+    <vt:lpwstr>140085</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="DISidcName">
-    <vt:lpwstr>pr_ucme02</vt:lpwstr>
+    <vt:lpwstr>pr_ucme01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="DISTaskPaneUrl">
-    <vt:lpwstr>http://peucmasp02.mw.pr.geos.loc:7001/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=NJYYYZG2NDFKYTMYNDQ0&amp;dID=122892&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
+    <vt:lpwstr>http://peucmasp01.mw.pr.geos.loc:7001/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=NJYYYZG2NDFKYTMYNDQ0&amp;dID=140085&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
   </property>
 </Properties>
 </file>