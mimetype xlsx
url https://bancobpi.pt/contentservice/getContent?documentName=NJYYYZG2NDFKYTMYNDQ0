--- v1 (2026-01-08)
+++ v2 (2026-03-16)
@@ -1,59 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
-[...19 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"></Relationship><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"></Relationship><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"></Relationship><Relationship Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Id="rId4"></Relationship></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26731"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Obrigacoes\OSP\202510_T\Trimestre3\Investor Report RI\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C59F1D4E-56C9-4F8D-9706-9BBF766DE665}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-210" windowWidth="29040" windowHeight="15720" tabRatio="879" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Introduction" sheetId="5" r:id="rId1"/>
     <sheet name="A. HTT General" sheetId="8" r:id="rId2"/>
     <sheet name="B2. HTT Public Sector Assets" sheetId="10" r:id="rId3"/>
     <sheet name="C. HTT Harmonised Glossary" sheetId="12" r:id="rId4"/>
     <sheet name="Disclaimer" sheetId="13" r:id="rId5"/>
     <sheet name="D. National Transparency Templ" sheetId="26" r:id="rId6"/>
     <sheet name="E. Optional ECB-ECAIs data" sheetId="18" r:id="rId7"/>
   </sheets>
   <definedNames>
@@ -6626,51 +6627,52 @@
     <cellStyle name="Normal 4" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 7" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal_Investor_Report_OH_base_campos_alt" xfId="9" xr:uid="{7F1DB6FE-3AB4-4C67-BF8E-B047F182AF36}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="10" xr:uid="{C8ABE1B0-0A08-48A0-BECA-08C415A96EBC}"/>
     <cellStyle name="Standard 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF243386"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId8"></Relationship><Relationship Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Id="rId13"></Relationship><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId3"></Relationship><Relationship Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId7"></Relationship><Relationship Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Id="rId12"></Relationship><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId2"></Relationship><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"></Relationship><Relationship Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId6"></Relationship><Relationship Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Id="rId11"></Relationship><Relationship Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId5"></Relationship><Relationship Target="../customXml/item4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Id="rId15"></Relationship><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId10"></Relationship><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"></Relationship><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId9"></Relationship><Relationship Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Id="rId14"></Relationship></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing3.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing4.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
@@ -24015,48 +24017,27 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SetDate">
     <vt:lpwstr>2025-03-12T15:24:46Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Name">
     <vt:lpwstr>5d86bc70-2a05-490c-b199-8f0f8e614d89</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SiteId">
     <vt:lpwstr>5df31d35-3ba9-481e-a3c8-ff9be3ee783b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ActionId">
     <vt:lpwstr>5f2163e8-c58f-47d1-bc18-18065f71281b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="DISdDocName">
-[...19 lines deleted...]
-  </property>
 </Properties>
 </file>